--- v0 (2025-12-29)
+++ v1 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R406eae28d9f04cf3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96ccca8b5281434f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="March, 2025" sheetId="1" r:id="Rc0a4099b377b4f85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="March, 2025" sheetId="1" r:id="R9749155ab2ad4242"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="2">
     <x:font>
       <x:sz val="14"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="14"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders count="4">
     <x:border/>
@@ -81,51 +81,51 @@
   </x:cellStyleXfs>
   <x:cellXfs count="6">
     <x:xf/>
     <x:xf fontId="0" fillId="0" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98e775f12d9a4c63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc0a4099b377b4f85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc460da104e04dd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9749155ab2ad4242" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="10" customWidth="1"/>
     <x:col min="2" max="2" width="20" customWidth="1"/>
     <x:col min="3" max="3" width="25" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" s="5" t="str">
         <x:v>DVLA Timed Online Auction</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" s="5" t="str">
         <x:v>Monday 10 to Friday 28, March, 2025</x:v>
@@ -193,68 +193,68 @@
       </x:c>
       <x:c r="B8" s="3" t="str">
         <x:v>1994 AB</x:v>
       </x:c>
       <x:c r="C8" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D8" s="3" t="str">
         <x:v>£1,500.00</x:v>
       </x:c>
       <x:c r="E8" s="3" t="str">
         <x:v>Fri 28 Mar 2025 11:06</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" s="3" t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B9" s="3" t="str">
         <x:v>ABH 45H</x:v>
       </x:c>
       <x:c r="C9" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D9" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£300.00</x:v>
       </x:c>
       <x:c r="E9" s="3" t="str">
         <x:v>Fri 28 Mar 2025 11:09</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" s="3" t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="3" t="str">
         <x:v>ABS 33R</x:v>
       </x:c>
       <x:c r="C10" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D10" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£300.00</x:v>
       </x:c>
       <x:c r="E10" s="3" t="str">
         <x:v>Fri 28 Mar 2025 11:12</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" s="3" t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="3" t="str">
         <x:v>555 ACB</x:v>
       </x:c>
       <x:c r="C11" s="3" t="str">
         <x:v>£1200.00</x:v>
       </x:c>
       <x:c r="D11" s="3" t="str">
         <x:v>£1,200.00</x:v>
       </x:c>
       <x:c r="E11" s="3" t="str">
         <x:v>Fri 28 Mar 2025 11:15</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" s="3" t="str">
         <x:v>7</x:v>
@@ -482,68 +482,68 @@
       </x:c>
       <x:c r="B25" s="3" t="str">
         <x:v>ALE 332A</x:v>
       </x:c>
       <x:c r="C25" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D25" s="3" t="str">
         <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E25" s="3" t="str">
         <x:v>Fri 28 Mar 2025 11:57</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" s="3" t="str">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="3" t="str">
         <x:v>ALL 578R</x:v>
       </x:c>
       <x:c r="C26" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D26" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£250.00</x:v>
       </x:c>
       <x:c r="E26" s="3" t="str">
         <x:v>Fri 28 Mar 2025 12:00</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" s="3" t="str">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B27" s="3" t="str">
         <x:v>ALV 6Y</x:v>
       </x:c>
       <x:c r="C27" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D27" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£730.00</x:v>
       </x:c>
       <x:c r="E27" s="3" t="str">
         <x:v>Fri 28 Mar 2025 12:03</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" s="3" t="str">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B28" s="3" t="str">
         <x:v>ALY 5W</x:v>
       </x:c>
       <x:c r="C28" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D28" s="3" t="str">
         <x:v>No bids yet</x:v>
       </x:c>
       <x:c r="E28" s="3" t="str">
         <x:v>Fri 28 Mar 2025 12:06</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" s="3" t="str">
         <x:v>24</x:v>
@@ -975,68 +975,68 @@
       </x:c>
       <x:c r="B54" s="3" t="str">
         <x:v>ATH 3R</x:v>
       </x:c>
       <x:c r="C54" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D54" s="3" t="str">
         <x:v>No bids yet</x:v>
       </x:c>
       <x:c r="E54" s="3" t="str">
         <x:v>Fri 28 Mar 2025 13:24</x:v>
       </x:c>
     </x:row>
     <x:row r="55">
       <x:c r="A55" s="3" t="str">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B55" s="3" t="str">
         <x:v>AT51 NGH</x:v>
       </x:c>
       <x:c r="C55" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D55" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£250.00</x:v>
       </x:c>
       <x:c r="E55" s="3" t="str">
         <x:v>Fri 28 Mar 2025 13:27</x:v>
       </x:c>
     </x:row>
     <x:row r="56">
       <x:c r="A56" s="3" t="str">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B56" s="3" t="str">
         <x:v>A712 TON</x:v>
       </x:c>
       <x:c r="C56" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D56" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E56" s="3" t="str">
         <x:v>Fri 28 Mar 2025 13:30</x:v>
       </x:c>
     </x:row>
     <x:row r="57">
       <x:c r="A57" s="3" t="str">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B57" s="3" t="str">
         <x:v>AUB 11N</x:v>
       </x:c>
       <x:c r="C57" s="3" t="str">
         <x:v>£300.00</x:v>
       </x:c>
       <x:c r="D57" s="3" t="str">
         <x:v>No bids yet</x:v>
       </x:c>
       <x:c r="E57" s="3" t="str">
         <x:v>Fri 28 Mar 2025 13:33</x:v>
       </x:c>
     </x:row>
     <x:row r="58">
       <x:c r="A58" s="3" t="str">
         <x:v>53</x:v>