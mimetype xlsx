--- v1 (2026-02-23)
+++ v2 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96ccca8b5281434f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dd7805bcafe430f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="March, 2025" sheetId="1" r:id="R9749155ab2ad4242"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="March, 2025" sheetId="1" r:id="Rb3f9bec5ad9b4235"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="2">
     <x:font>
       <x:sz val="14"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="14"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders count="4">
     <x:border/>
@@ -81,51 +81,51 @@
   </x:cellStyleXfs>
   <x:cellXfs count="6">
     <x:xf/>
     <x:xf fontId="0" fillId="0" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc460da104e04dd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9749155ab2ad4242" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e15432e07b34935" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb3f9bec5ad9b4235" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="10" customWidth="1"/>
     <x:col min="2" max="2" width="20" customWidth="1"/>
     <x:col min="3" max="3" width="25" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" s="5" t="str">
         <x:v>DVLA Timed Online Auction</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" s="5" t="str">
         <x:v>Monday 10 to Friday 28, March, 2025</x:v>