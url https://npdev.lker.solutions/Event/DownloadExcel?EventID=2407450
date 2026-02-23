--- v0 (2025-12-29)
+++ v1 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b79b973fcb14d71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00ef0f203af444a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="June, 2024" sheetId="1" r:id="R384871e4d05944ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="June, 2024" sheetId="1" r:id="R29b504be10bc49f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="2">
     <x:font>
       <x:sz val="14"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="14"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders count="4">
     <x:border/>
@@ -81,51 +81,51 @@
   </x:cellStyleXfs>
   <x:cellXfs count="6">
     <x:xf/>
     <x:xf fontId="0" fillId="0" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2e3a023377942de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R384871e4d05944ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd477a40b552147ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R29b504be10bc49f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="10" customWidth="1"/>
     <x:col min="2" max="2" width="20" customWidth="1"/>
     <x:col min="3" max="3" width="25" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" s="5" t="str">
         <x:v>DVLA Timed Online Auction</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" s="5" t="str">
         <x:v>Wednesday 19 to Wednesday 26, June, 2024</x:v>
@@ -4035,51 +4035,51 @@
       </x:c>
       <x:c r="B234" s="3" t="str">
         <x:v>B33 BDB</x:v>
       </x:c>
       <x:c r="C234" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D234" s="3" t="str">
         <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E234" s="3" t="str">
         <x:v>Wed 26 Jun 2024 11:00</x:v>
       </x:c>
     </x:row>
     <x:row r="235">
       <x:c r="A235" s="3" t="str">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B235" s="3" t="str">
         <x:v>BBE 805S</x:v>
       </x:c>
       <x:c r="C235" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D235" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£250.00</x:v>
       </x:c>
       <x:c r="E235" s="3" t="str">
         <x:v>Wed 26 Jun 2024 11:00</x:v>
       </x:c>
     </x:row>
     <x:row r="236">
       <x:c r="A236" s="3" t="str">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B236" s="3" t="str">
         <x:v>B48 BPW</x:v>
       </x:c>
       <x:c r="C236" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D236" s="3" t="str">
         <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E236" s="3" t="str">
         <x:v>Wed 26 Jun 2024 11:00</x:v>
       </x:c>
     </x:row>
     <x:row r="237">
       <x:c r="A237" s="3" t="str">
         <x:v>232</x:v>
@@ -8744,51 +8744,51 @@
       </x:c>
       <x:c r="B511" s="3" t="str">
         <x:v>DA11 YLE</x:v>
       </x:c>
       <x:c r="C511" s="3" t="str">
         <x:v>£250.00</x:v>
       </x:c>
       <x:c r="D511" s="3" t="str">
         <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E511" s="3" t="str">
         <x:v>Wed 26 Jun 2024 11:00</x:v>
       </x:c>
     </x:row>
     <x:row r="512">
       <x:c r="A512" s="3" t="str">
         <x:v>507</x:v>
       </x:c>
       <x:c r="B512" s="3" t="str">
         <x:v>DAZ 329</x:v>
       </x:c>
       <x:c r="C512" s="3" t="str">
         <x:v>£100.00</x:v>
       </x:c>
       <x:c r="D512" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£100.00</x:v>
       </x:c>
       <x:c r="E512" s="3" t="str">
         <x:v>Wed 26 Jun 2024 11:00</x:v>
       </x:c>
     </x:row>
     <x:row r="513">
       <x:c r="A513" s="3" t="str">
         <x:v>508</x:v>
       </x:c>
       <x:c r="B513" s="3" t="str">
         <x:v>5446 DB</x:v>
       </x:c>
       <x:c r="C513" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D513" s="3" t="str">
         <x:v>Unsold</x:v>
       </x:c>
       <x:c r="E513" s="3" t="str">
         <x:v>Wed 26 Jun 2024 11:00</x:v>
       </x:c>
     </x:row>
     <x:row r="514">
       <x:c r="A514" s="3" t="str">
         <x:v>509</x:v>