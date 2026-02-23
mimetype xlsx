--- v0 (2025-12-29)
+++ v1 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba0525340f8e4a96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d2c4902111442d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="April, 2025" sheetId="1" r:id="Rdbaafc555eaf4519"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="April, 2025" sheetId="1" r:id="R6400860650434fe4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="2">
     <x:font>
       <x:sz val="14"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="14"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders count="4">
     <x:border/>
@@ -81,51 +81,51 @@
   </x:cellStyleXfs>
   <x:cellXfs count="6">
     <x:xf/>
     <x:xf fontId="0" fillId="0" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R175647642ddd4161" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdbaafc555eaf4519" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdddf17db54c94bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6400860650434fe4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="10" customWidth="1"/>
     <x:col min="2" max="2" width="20" customWidth="1"/>
     <x:col min="3" max="3" width="25" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" s="5" t="str">
         <x:v>DVLA Timed Online Auction</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" s="5" t="str">
         <x:v>Tuesday 1 to Saturday 31, May, 2025</x:v>
@@ -159,119 +159,119 @@
       </x:c>
       <x:c r="B6" s="3" t="str">
         <x:v>570 A</x:v>
       </x:c>
       <x:c r="C6" s="3" t="str">
         <x:v>£2500.00</x:v>
       </x:c>
       <x:c r="D6" s="3" t="str">
         <x:v>£5,010.00</x:v>
       </x:c>
       <x:c r="E6" s="3" t="str">
         <x:v>Sat 31 May 2025 16:45</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" s="3" t="str">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B7" s="3" t="str">
         <x:v>2002 AA</x:v>
       </x:c>
       <x:c r="C7" s="3" t="str">
         <x:v>£1500.00</x:v>
       </x:c>
       <x:c r="D7" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£10,011.00</x:v>
       </x:c>
       <x:c r="E7" s="3" t="str">
         <x:v>Sat 31 May 2025 16:45</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" s="3" t="str">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B8" s="3" t="str">
         <x:v>AAA 6A</x:v>
       </x:c>
       <x:c r="C8" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D8" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£682.00</x:v>
       </x:c>
       <x:c r="E8" s="3" t="str">
         <x:v>Sat 31 May 2025 16:45</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" s="3" t="str">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B9" s="3" t="str">
         <x:v>A715 AAX</x:v>
       </x:c>
       <x:c r="C9" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D9" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£380.00</x:v>
       </x:c>
       <x:c r="E9" s="3" t="str">
         <x:v>Sat 31 May 2025 16:45</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" s="3" t="str">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B10" s="3" t="str">
         <x:v>AAD 6L</x:v>
       </x:c>
       <x:c r="C10" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="D10" s="3" t="str">
         <x:v>£350.00</x:v>
       </x:c>
       <x:c r="E10" s="3" t="str">
         <x:v>Sat 31 May 2025 16:45</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" s="3" t="str">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B11" s="3" t="str">
         <x:v>A111 AJG</x:v>
       </x:c>
       <x:c r="C11" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D11" s="3" t="str">
-        <x:v>No bids yet</x:v>
+        <x:v>£270.00</x:v>
       </x:c>
       <x:c r="E11" s="3" t="str">
         <x:v>Sat 31 May 2025 16:45</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" s="3" t="str">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B12" s="3" t="str">
         <x:v>A150 ALN</x:v>
       </x:c>
       <x:c r="C12" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="D12" s="3" t="str">
         <x:v>£200.00</x:v>
       </x:c>
       <x:c r="E12" s="3" t="str">
         <x:v>Sat 31 May 2025 16:45</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" s="3" t="str">
         <x:v>8</x:v>