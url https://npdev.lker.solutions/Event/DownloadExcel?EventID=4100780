--- v0 (2025-12-29)
+++ v1 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0525ed3442a4c83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31345d87546543cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="August, 2025" sheetId="1" r:id="Rd57c66d97f09423a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="August, 2025" sheetId="1" r:id="R7ebd93b89b7f458e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:fonts count="2">
     <x:font>
       <x:sz val="14"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="14"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
   </x:fills>
   <x:borders count="4">
     <x:border/>
@@ -81,51 +81,51 @@
   </x:cellStyleXfs>
   <x:cellXfs count="6">
     <x:xf/>
     <x:xf fontId="0" fillId="0" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1" applyAlignment="1">
       <x:alignment horizontal="center"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9dc3a6f57b44082" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd57c66d97f09423a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R925992837ac44f73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7ebd93b89b7f458e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="10" customWidth="1"/>
     <x:col min="2" max="2" width="20" customWidth="1"/>
     <x:col min="3" max="3" width="25" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" s="5" t="str">
         <x:v>DVLA Timed Online Auction</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" s="1" t="str">
         <x:v/>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" s="5" t="str">
         <x:v>Friday 1 to Friday 1, August, 2025</x:v>